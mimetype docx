--- v0 (2025-10-04)
+++ v1 (2025-11-18)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="515DD546" w14:textId="77777777" w:rsidR="00B4292B" w:rsidRPr="00B4292B" w:rsidRDefault="00B4292B" w:rsidP="00B4292B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B4292B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CAUSE NO. ____________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17CBC2D6" w14:textId="77777777" w:rsidR="00B4292B" w:rsidRPr="00B4292B" w:rsidRDefault="00B4292B" w:rsidP="00B4292B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -64,59 +64,75 @@
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B4292B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">STATE OF TEXAS </w:t>
       </w:r>
       <w:r w:rsidRPr="00B4292B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B4292B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">§  </w:t>
       </w:r>
       <w:r w:rsidRPr="00B4292B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B4292B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>IN THE JUSTICE COURT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D167EA1" w14:textId="77777777" w:rsidR="00B4292B" w:rsidRPr="00B4292B" w:rsidRDefault="00B4292B" w:rsidP="00B4292B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="5310"/>
           <w:tab w:val="left" w:pos="6300"/>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B4292B">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -341,447 +357,694 @@
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FINDS</w:t>
       </w:r>
       <w:r w:rsidRPr="00D011E6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> that there is reasonable cause to believe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69F27E07" w14:textId="6A78463A" w:rsidR="00D011E6" w:rsidRPr="00B4292B" w:rsidRDefault="00D011E6" w:rsidP="00B4292B">
+    <w:p w14:paraId="5CE192C4" w14:textId="6A6E2D5F" w:rsidR="00916975" w:rsidRDefault="00D011E6" w:rsidP="007522AC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B4292B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">that the person evidences mental illness; </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="390FEDC1" w14:textId="232B0E7E" w:rsidR="00D011E6" w:rsidRPr="00B4292B" w:rsidRDefault="00D011E6" w:rsidP="00B4292B">
+        <w:t xml:space="preserve">that the person </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B4292B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>evidences</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B4292B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mental illness</w:t>
+      </w:r>
+      <w:r w:rsidR="002F717A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or chem</w:t>
+      </w:r>
+      <w:r w:rsidR="002F717A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ical dependency and </w:t>
+      </w:r>
+      <w:r w:rsidR="00B460C7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>because of that mental illness</w:t>
+      </w:r>
+      <w:r w:rsidR="002F717A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or chemical dependency</w:t>
+      </w:r>
+      <w:r w:rsidR="00E835B0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the person </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E835B0">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>evidences</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F218BC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F218BC" w:rsidRPr="002F717A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">check </w:t>
+      </w:r>
+      <w:r w:rsidR="00406779" w:rsidRPr="002F717A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at least </w:t>
+      </w:r>
+      <w:r w:rsidR="00F218BC" w:rsidRPr="002F717A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>one</w:t>
+      </w:r>
+      <w:r w:rsidR="00F218BC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B460C7">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5428A16F" w14:textId="37FBA24F" w:rsidR="00CC4032" w:rsidRDefault="004F32BB" w:rsidP="002F717A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a substantial risk of serious harm to the person or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>others</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC4032">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="208D495E" w14:textId="56079CA5" w:rsidR="003F350B" w:rsidRDefault="00CC4032" w:rsidP="002F717A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">severe emotional distress and deterioration in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00087190">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>person’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mental condition; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69F27E07" w14:textId="04780BAB" w:rsidR="00D011E6" w:rsidRPr="002F717A" w:rsidRDefault="00087190" w:rsidP="002F717A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">an inability to recognize symptoms or appreciate the risks and benefits of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>treatment</w:t>
+      </w:r>
+      <w:r w:rsidR="00D011E6" w:rsidRPr="002F717A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C739B6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="390FEDC1" w14:textId="279D35C9" w:rsidR="00D011E6" w:rsidRPr="00B4292B" w:rsidRDefault="00D011E6" w:rsidP="00B4292B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B4292B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">that the person evidences substantial risk of serious harm to the person or others; </w:t>
+        <w:t xml:space="preserve">that the person </w:t>
+      </w:r>
+      <w:r w:rsidR="00B41FFB">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>is likely without i</w:t>
+      </w:r>
+      <w:r w:rsidR="001B4034">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mmediate detention to suffer serious risk of harm or to inflict serious harm on another </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001B4034">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>person</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B4292B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B4292B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6736AAE4" w14:textId="77777777" w:rsidR="00B4292B" w:rsidRDefault="00D011E6" w:rsidP="00B4292B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B4292B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>that the risk of harm is imminent unless the person is immediately restrained; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C03E081" w14:textId="3746DE45" w:rsidR="00D011E6" w:rsidRPr="00B4292B" w:rsidRDefault="00D011E6" w:rsidP="00B4292B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B4292B">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">that necessary restraint cannot be accomplished without emergency detention.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38D65C5D" w14:textId="09222FB7" w:rsidR="00D011E6" w:rsidRDefault="00D011E6" w:rsidP="00B4292B">
+    <w:p w14:paraId="0C461929" w14:textId="1B57958A" w:rsidR="00F04FC1" w:rsidRPr="00861D08" w:rsidRDefault="00F04FC1" w:rsidP="00B4292B">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...58 lines deleted...]
-    <w:p w14:paraId="0C461929" w14:textId="561C5116" w:rsidR="00F04FC1" w:rsidRPr="00861D08" w:rsidRDefault="00F04FC1" w:rsidP="00B4292B">
+      <w:r w:rsidRPr="00861D08">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You are commanded to apprehend </w:t>
+      </w:r>
+      <w:r w:rsidR="00D011E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861D08">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidR="00D011E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861D08">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00D011E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D011E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861D08">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="0090698C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>transport</w:t>
+      </w:r>
+      <w:r w:rsidR="00D011E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0090698C">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>them to</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4292B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B4292B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861D08">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00D011E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861D08">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00D011E6">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861D08">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the nearest available </w:t>
+      </w:r>
+      <w:r w:rsidR="002F717A">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mental health facility described in Sec. 573.012(e) or treatment facility described in Sec. 462.043 of the Health and Safety Code, as applicable,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861D08">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the purpose of a preliminary</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4292B">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00861D08">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>examination.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61DBA796" w14:textId="77777777" w:rsidR="00D011E6" w:rsidRDefault="00D011E6" w:rsidP="00B4292B">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
-[...152 lines deleted...]
-        <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The officer executing this writ shall promptly serve it according to the requirements of law and the mandates of this order and make a return as the law directs. If this writ is not served within _____ days after its issuance, it shall be returned unserved.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B13BF9C" w14:textId="77777777" w:rsidR="00642C2E" w:rsidRDefault="00642C2E" w:rsidP="00B4292B">
+    <w:p w14:paraId="0A3783FA" w14:textId="77777777" w:rsidR="002F2603" w:rsidRDefault="002F2603" w:rsidP="002F2603">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="0A3783FA" w14:textId="77777777" w:rsidR="002F2603" w:rsidRDefault="002F2603" w:rsidP="002F2603">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ISSUED AND SIGNED </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________________________, 20____</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ECEB1A4" w14:textId="77777777" w:rsidR="002F2603" w:rsidRDefault="002F2603" w:rsidP="002F2603">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-[...45 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -826,50 +1089,51 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4716FA66" w14:textId="77777777" w:rsidR="002F2603" w:rsidRDefault="002F2603" w:rsidP="002F2603">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk149744026"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5790E7B5" w14:textId="77777777" w:rsidR="002F2603" w:rsidRDefault="002F2603" w:rsidP="002F2603">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Justice of the Peace, Precinct _______</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
@@ -908,103 +1172,69 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Typed/Printed Name</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D15DD9F" w14:textId="77777777" w:rsidR="002F2603" w:rsidRDefault="002F2603" w:rsidP="002F2603">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____________________ County, Texas</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-[...31 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="390DC036" w14:textId="77777777" w:rsidR="00D070E0" w:rsidRDefault="00D070E0" w:rsidP="00D070E0">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>RETURN</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F93A637" w14:textId="6653A4B3" w:rsidR="00D070E0" w:rsidRDefault="00D070E0" w:rsidP="00D070E0">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This Warrant </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CAME TO HAND</w:t>
@@ -1051,51 +1281,67 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. by taking _______________________________________________ into custody and transporting the person to __________________________________________ as commanded.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E5C7A93" w14:textId="77777777" w:rsidR="00D070E0" w:rsidRDefault="00D070E0" w:rsidP="00D070E0">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The distance actually traveled by me in the execution of this process was ____ miles and my fees are _____________.</w:t>
+        <w:t xml:space="preserve">The distance </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>actually traveled</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by me in the execution of this process was ____ miles and my fees are _____________.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CD73722" w14:textId="77777777" w:rsidR="00D070E0" w:rsidRDefault="00D070E0" w:rsidP="00D070E0">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>______________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="676B1C78" w14:textId="77777777" w:rsidR="00D070E0" w:rsidRDefault="00D070E0" w:rsidP="00D070E0">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="288" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1179,156 +1425,269 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Officer’s Signature</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C383636" w14:textId="77777777" w:rsidR="00861D08" w:rsidRPr="00861D08" w:rsidRDefault="00861D08">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00861D08" w:rsidRPr="00861D08">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="212F8A2B" w14:textId="77777777" w:rsidR="002A73B6" w:rsidRDefault="002A73B6" w:rsidP="006B3AA3">
+    <w:p w14:paraId="1A0EE053" w14:textId="77777777" w:rsidR="00857CDE" w:rsidRDefault="00857CDE" w:rsidP="006B3AA3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6614579D" w14:textId="77777777" w:rsidR="002A73B6" w:rsidRDefault="002A73B6" w:rsidP="006B3AA3">
+    <w:p w14:paraId="40A03C7D" w14:textId="77777777" w:rsidR="00857CDE" w:rsidRDefault="00857CDE" w:rsidP="006B3AA3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-    <w:panose1 w:val="05000000000000000000"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2A19F0B0" w14:textId="77777777" w:rsidR="002A73B6" w:rsidRDefault="002A73B6" w:rsidP="006B3AA3">
+    <w:p w14:paraId="1AB583D0" w14:textId="77777777" w:rsidR="00857CDE" w:rsidRDefault="00857CDE" w:rsidP="006B3AA3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0FBE4559" w14:textId="77777777" w:rsidR="002A73B6" w:rsidRDefault="002A73B6" w:rsidP="006B3AA3">
+    <w:p w14:paraId="367556BC" w14:textId="77777777" w:rsidR="00857CDE" w:rsidRDefault="00857CDE" w:rsidP="006B3AA3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46463018"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2AB4A854"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="94865E6E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F553808"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97065D68"/>
     <w:lvl w:ilvl="0" w:tplc="56F6B646">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1397,79 +1756,79 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5496340E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7382A03A"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
@@ -1511,146 +1870,172 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1742948327">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1516306728">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1113598732">
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
-  <w:revisionView w:inkAnnotations="0"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="22529"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F04FC1"/>
     <w:rsid w:val="000212A3"/>
+    <w:rsid w:val="00087190"/>
     <w:rsid w:val="000E5B75"/>
     <w:rsid w:val="001359DA"/>
     <w:rsid w:val="00185D3A"/>
+    <w:rsid w:val="001B4034"/>
+    <w:rsid w:val="00203131"/>
+    <w:rsid w:val="00276AE5"/>
     <w:rsid w:val="002A73B6"/>
     <w:rsid w:val="002F2603"/>
+    <w:rsid w:val="002F717A"/>
     <w:rsid w:val="003C7942"/>
+    <w:rsid w:val="003E56A6"/>
     <w:rsid w:val="003E5A0D"/>
+    <w:rsid w:val="003F2F5D"/>
+    <w:rsid w:val="003F350B"/>
+    <w:rsid w:val="00406779"/>
     <w:rsid w:val="00474301"/>
+    <w:rsid w:val="004F32BB"/>
     <w:rsid w:val="00642C2E"/>
+    <w:rsid w:val="00654B39"/>
     <w:rsid w:val="006B3AA3"/>
+    <w:rsid w:val="007522AC"/>
     <w:rsid w:val="007D1E81"/>
     <w:rsid w:val="00846B29"/>
+    <w:rsid w:val="00857CDE"/>
     <w:rsid w:val="00861D08"/>
     <w:rsid w:val="0090698C"/>
+    <w:rsid w:val="00916975"/>
     <w:rsid w:val="009C78EA"/>
     <w:rsid w:val="00A76B45"/>
+    <w:rsid w:val="00B05B19"/>
+    <w:rsid w:val="00B41FFB"/>
     <w:rsid w:val="00B4292B"/>
+    <w:rsid w:val="00B460C7"/>
     <w:rsid w:val="00B76D04"/>
+    <w:rsid w:val="00BE32C8"/>
     <w:rsid w:val="00C173AB"/>
+    <w:rsid w:val="00C739B6"/>
+    <w:rsid w:val="00C77402"/>
     <w:rsid w:val="00CA2F12"/>
+    <w:rsid w:val="00CC4032"/>
     <w:rsid w:val="00D011E6"/>
     <w:rsid w:val="00D05028"/>
     <w:rsid w:val="00D070E0"/>
     <w:rsid w:val="00E21A29"/>
+    <w:rsid w:val="00E228A3"/>
     <w:rsid w:val="00E25884"/>
+    <w:rsid w:val="00E835B0"/>
     <w:rsid w:val="00F04FC1"/>
+    <w:rsid w:val="00F218BC"/>
     <w:rsid w:val="00FC7170"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="22529"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="45B1251B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E08C151B-A1D8-4E69-9CBA-CF34ADC7EAD0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2152,67 +2537,65 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006B3AA3"/>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0090698C"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0090698C"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="0090698C"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0090698C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
@@ -2249,55 +2632,65 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D011E6"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00E21A29"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B460C7"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="486551227">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1056508329">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -2557,70 +2950,70 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>341</Words>
-  <Characters>1947</Characters>
+  <Words>398</Words>
+  <Characters>2274</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Texas State University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2284</CharactersWithSpaces>
+  <CharactersWithSpaces>2667</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Administrator</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>